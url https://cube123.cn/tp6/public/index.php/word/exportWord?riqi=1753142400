--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -1089,51 +1089,51 @@
                 <w:rFonts w:hint="default" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:cs="微软雅黑"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="702" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="nil"/>
               <w:tr2bl w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="690923AA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl/>
               <w:suppressLineNumbers w:val="0"/>
               <w:wordWrap w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:leftChars="0" w:right="0" w:rightChars="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:i w:val="0"/>
@@ -1952,51 +1952,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>）个，四级（</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2 </w:t>
+              <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>）个</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2547E362">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
               <w:kinsoku/>
               <w:wordWrap/>
               <w:overflowPunct/>
               <w:topLinePunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:bidi w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
@@ -4113,51 +4113,51 @@
                 <w:rFonts w:hint="default" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:cs="微软雅黑"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7D3D8C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl/>
               <w:suppressLineNumbers w:val="0"/>
               <w:wordWrap w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:leftChars="0" w:right="0" w:rightChars="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
@@ -4908,52 +4908,50 @@
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>是否有承包商作业：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> （否）</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="4A9C1CB4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
               <w:kinsoku/>
               <w:wordWrap/>
               <w:overflowPunct/>
               <w:topLinePunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:bidi w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="157" w:beforeLines="50" w:after="157" w:afterLines="50"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
@@ -5111,52 +5109,54 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ）个，四级（ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2</w:t>
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ）个</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04ED4295">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl/>
               <w:kinsoku/>
               <w:wordWrap/>
               <w:overflowPunct/>
               <w:topLinePunct w:val="0"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:bidi w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="157" w:beforeLines="50" w:after="157" w:afterLines="50"/>
@@ -5398,111 +5398,118 @@
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{6CA334F2-5BFF-4FCC-8276-414DF5CACA10}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{C8BEBF79-F796-41C1-A172-3C9C93D2FBF0}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{FCA75824-23EF-4A9B-9FF3-EE5F4520A3C9}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{8BAAD5BF-777D-4B37-9AE5-D44C46CF284D}"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{85BAAEFA-C923-47FF-9A69-E42BCE920C98}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{382C875F-64C1-4A3C-83C2-B000ABFBBBEF}"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{AF046927-E114-4CE0-A97E-9051F71E2412}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{2DC72FB0-EA61-460D-95D1-66E7B05F6D28}"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{26961A44-7C62-4EE0-8DA1-D7BCBAA1985B}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{1BAFCEF9-7A1C-4015-9ABB-E74CF021B0B6}"/>
+  </w:font>
+  <w:font w:name="WPSEMBED1">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="08000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="1BA5EC51">
     <w:pPr>
       <w:pStyle w:val="4"/>
       <w:spacing w:after="0"/>
       <w:ind w:right="0" w:rightChars="0"/>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
@@ -6606,50 +6613,51 @@
     <w:rsid w:val="301D1535"/>
     <w:rsid w:val="302545A6"/>
     <w:rsid w:val="3037713D"/>
     <w:rsid w:val="30393E95"/>
     <w:rsid w:val="30E1784A"/>
     <w:rsid w:val="30E42053"/>
     <w:rsid w:val="312037EB"/>
     <w:rsid w:val="314B0F7B"/>
     <w:rsid w:val="31815AF3"/>
     <w:rsid w:val="31A136ED"/>
     <w:rsid w:val="31C20E53"/>
     <w:rsid w:val="31CD7D00"/>
     <w:rsid w:val="321C4287"/>
     <w:rsid w:val="32234CA4"/>
     <w:rsid w:val="329266DD"/>
     <w:rsid w:val="33127D77"/>
     <w:rsid w:val="331E10E7"/>
     <w:rsid w:val="333512E7"/>
     <w:rsid w:val="33426634"/>
     <w:rsid w:val="33B4200D"/>
     <w:rsid w:val="33B73ADB"/>
     <w:rsid w:val="340653C6"/>
     <w:rsid w:val="34081323"/>
     <w:rsid w:val="34190789"/>
     <w:rsid w:val="34202060"/>
+    <w:rsid w:val="349047C9"/>
     <w:rsid w:val="34B561E0"/>
     <w:rsid w:val="34BF0E0C"/>
     <w:rsid w:val="34EF397F"/>
     <w:rsid w:val="350502A9"/>
     <w:rsid w:val="3508020B"/>
     <w:rsid w:val="35247B58"/>
     <w:rsid w:val="35B75F88"/>
     <w:rsid w:val="35E8512A"/>
     <w:rsid w:val="360A620A"/>
     <w:rsid w:val="36472D8F"/>
     <w:rsid w:val="364A1ED1"/>
     <w:rsid w:val="364B0F2B"/>
     <w:rsid w:val="36574197"/>
     <w:rsid w:val="36603F29"/>
     <w:rsid w:val="368645BE"/>
     <w:rsid w:val="36BF3346"/>
     <w:rsid w:val="370051CD"/>
     <w:rsid w:val="370828E7"/>
     <w:rsid w:val="37466B09"/>
     <w:rsid w:val="374C440A"/>
     <w:rsid w:val="37CA3C84"/>
     <w:rsid w:val="380D7BED"/>
     <w:rsid w:val="38701C5D"/>
     <w:rsid w:val="389F1D37"/>
     <w:rsid w:val="38C05153"/>
@@ -6780,50 +6788,51 @@
     <w:rsid w:val="4E3715BC"/>
     <w:rsid w:val="4E502893"/>
     <w:rsid w:val="4E721671"/>
     <w:rsid w:val="4EDB3AAB"/>
     <w:rsid w:val="4EDF13E6"/>
     <w:rsid w:val="4EE90EEA"/>
     <w:rsid w:val="4F154CA2"/>
     <w:rsid w:val="4F1C324D"/>
     <w:rsid w:val="4F5947EA"/>
     <w:rsid w:val="4F7E4024"/>
     <w:rsid w:val="4F9B0E29"/>
     <w:rsid w:val="502838B2"/>
     <w:rsid w:val="50D43B60"/>
     <w:rsid w:val="50D77C21"/>
     <w:rsid w:val="50FB0FC7"/>
     <w:rsid w:val="51147C45"/>
     <w:rsid w:val="51B86AD1"/>
     <w:rsid w:val="52041F8C"/>
     <w:rsid w:val="52730B44"/>
     <w:rsid w:val="52D2612B"/>
     <w:rsid w:val="5336393F"/>
     <w:rsid w:val="536D31F4"/>
     <w:rsid w:val="53C872B1"/>
     <w:rsid w:val="540E7018"/>
     <w:rsid w:val="54311AEE"/>
+    <w:rsid w:val="54507449"/>
     <w:rsid w:val="545D5AF4"/>
     <w:rsid w:val="547D0D81"/>
     <w:rsid w:val="54A12B7D"/>
     <w:rsid w:val="54C86632"/>
     <w:rsid w:val="54CD1014"/>
     <w:rsid w:val="553A7F65"/>
     <w:rsid w:val="555752BB"/>
     <w:rsid w:val="55733821"/>
     <w:rsid w:val="558D1CCB"/>
     <w:rsid w:val="55B972DC"/>
     <w:rsid w:val="55E570A2"/>
     <w:rsid w:val="560E70A6"/>
     <w:rsid w:val="563E6D0A"/>
     <w:rsid w:val="56442772"/>
     <w:rsid w:val="56581BD1"/>
     <w:rsid w:val="5661020E"/>
     <w:rsid w:val="56CC2195"/>
     <w:rsid w:val="576511D6"/>
     <w:rsid w:val="58670CF0"/>
     <w:rsid w:val="587A0A23"/>
     <w:rsid w:val="58B90D74"/>
     <w:rsid w:val="58BA5FC0"/>
     <w:rsid w:val="58DC0CA2"/>
     <w:rsid w:val="58E360A6"/>
     <w:rsid w:val="58E91BA3"/>
@@ -6924,50 +6933,51 @@
     <w:rsid w:val="6C4B6731"/>
     <w:rsid w:val="6C7649D1"/>
     <w:rsid w:val="6CB43DFE"/>
     <w:rsid w:val="6CC00B07"/>
     <w:rsid w:val="6CC03052"/>
     <w:rsid w:val="6CEE4E5F"/>
     <w:rsid w:val="6D0F1C2A"/>
     <w:rsid w:val="6D446549"/>
     <w:rsid w:val="6DDE7A63"/>
     <w:rsid w:val="6DED3BE4"/>
     <w:rsid w:val="6E0C15BD"/>
     <w:rsid w:val="6E1049D5"/>
     <w:rsid w:val="6E21682C"/>
     <w:rsid w:val="6E5417C2"/>
     <w:rsid w:val="6E9D193C"/>
     <w:rsid w:val="6EA3129B"/>
     <w:rsid w:val="6F3C363B"/>
     <w:rsid w:val="6FF07845"/>
     <w:rsid w:val="70696F9F"/>
     <w:rsid w:val="7075114C"/>
     <w:rsid w:val="70F01D72"/>
     <w:rsid w:val="71320D86"/>
     <w:rsid w:val="714659A8"/>
     <w:rsid w:val="71493003"/>
     <w:rsid w:val="715F3ECC"/>
+    <w:rsid w:val="71626121"/>
     <w:rsid w:val="71855B03"/>
     <w:rsid w:val="71AD6813"/>
     <w:rsid w:val="721455EC"/>
     <w:rsid w:val="72273C06"/>
     <w:rsid w:val="72435ED2"/>
     <w:rsid w:val="724D12FE"/>
     <w:rsid w:val="72732416"/>
     <w:rsid w:val="728A21CC"/>
     <w:rsid w:val="729F6EEB"/>
     <w:rsid w:val="72DD3929"/>
     <w:rsid w:val="72FD110E"/>
     <w:rsid w:val="730E04B9"/>
     <w:rsid w:val="73AA2C43"/>
     <w:rsid w:val="73D81BD6"/>
     <w:rsid w:val="73F0061F"/>
     <w:rsid w:val="74013013"/>
     <w:rsid w:val="742A2C4D"/>
     <w:rsid w:val="743B50B2"/>
     <w:rsid w:val="7445336A"/>
     <w:rsid w:val="7490269B"/>
     <w:rsid w:val="74971FC4"/>
     <w:rsid w:val="752822F3"/>
     <w:rsid w:val="75495550"/>
     <w:rsid w:val="75640268"/>
     <w:rsid w:val="75CB24E5"/>
@@ -7841,62 +7851,62 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Company>MS</Company>
   <Pages>3</Pages>
-  <Words>1326</Words>
-  <Characters>1479</Characters>
+  <Words>1297</Words>
+  <Characters>1480</Characters>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1805</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.21915_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>1829</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>QWY</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21915</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>0CEA74B5A55647B8BDD53E8D88E8EC91</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiMWZlNTM3ZmNiMTRhZWYxYWI2MjdiZWZlODYzZmNjOWQiLCJ1c2VySWQiOiIyMzExMzEyNjAifQ==</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiMWZlNTM3ZmNiMTRhZWYxYWI2MjdiZWZlODYzZmNjOWQiLCJ1c2VySWQiOiI1ODA0OTM1MzgifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>